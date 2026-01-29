--- v0 (2025-12-07)
+++ v1 (2026-01-29)
@@ -365,183 +365,191 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B16"/>
+  <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B2">
-        <v>10.49</v>
+        <v>9.87</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B3">
-        <v>10.52</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B4">
-        <v>10.82</v>
+        <v>10.52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B5">
-        <v>11.3</v>
+        <v>10.82</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B6">
-        <v>10.49</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B7">
-        <v>9.38</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B8">
-        <v>10.06</v>
+        <v>9.38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B9">
-        <v>11.49</v>
+        <v>10.06</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B10">
-        <v>11.71</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B11">
-        <v>12.67</v>
+        <v>11.71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B12">
-        <v>12.26</v>
+        <v>12.67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B13">
-        <v>12.92</v>
+        <v>12.26</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B14">
-        <v>13.35</v>
+        <v>12.92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B15">
-        <v>14.22</v>
+        <v>13.35</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16">
+        <v>2011</v>
+      </c>
+      <c r="B16">
+        <v>14.22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17">
         <v>2010</v>
       </c>
-      <c r="B16">
+      <c r="B17">
         <v>14.68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>